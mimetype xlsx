--- v0 (2025-10-14)
+++ v1 (2026-01-07)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\LuciRidolfo\OHFAMA Dropbox\COMPANY\Continuing Education\Continuing Medical Education (CME)\2025 CMES\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ohfam\OHFAMA Dropbox\COMPANY\Continuing Education\Continuing Medical Education (CME)\2025 CMES\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E029CB0-3BBA-4FE6-AD52-C7EE4E82FAAC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EE3625CD-AA37-4994-ABB6-78654A1C96BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2C25A7C8-E64A-41EC-8879-4F5D5328ADB4}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{2C25A7C8-E64A-41EC-8879-4F5D5328ADB4}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="51">
   <si>
     <t>Date of Program</t>
   </si>
   <si>
     <t>Program Sponsor</t>
   </si>
   <si>
     <t>Name of Program</t>
   </si>
   <si>
     <t>Number of Hours</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Category I</t>
   </si>
   <si>
     <t>2025 OFAMF CME Approved Courses for Podiatric Physicians</t>
   </si>
   <si>
     <t>The Breathing Association</t>
   </si>
   <si>
@@ -175,50 +175,56 @@
     <t>Cleveland Clinic Residency Consortium</t>
   </si>
   <si>
     <t>Journal Club by NanoBone</t>
   </si>
   <si>
     <t>5/15-16/2025</t>
   </si>
   <si>
     <t>6/27-28/2025</t>
   </si>
   <si>
     <t>7/24-26/2025</t>
   </si>
   <si>
     <t>8/22-24/2025</t>
   </si>
   <si>
     <t>The Use of Bone Simulators in Fractures and Fusions</t>
   </si>
   <si>
     <t>2025 Wound Care Seminar</t>
   </si>
   <si>
     <t>Wound Care and Compression Garment Use in Podiatric Medicine</t>
+  </si>
+  <si>
+    <t>Qutenza Safety and Efficacy in Treatment of Peripheral Neuropathy</t>
+  </si>
+  <si>
+    <t>CLI Global: Chronic Limb Threatening Ischemia: A Plumber’s Perspective</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="22"/>
@@ -690,1273 +696,1300 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6C547A20-EECE-479A-BF25-3206A9840F93}">
-  <dimension ref="A1:E118"/>
+  <dimension ref="A1:E119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="A41" sqref="A41"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17" style="1" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="58.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="61.88671875" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="69" style="1" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="16.28515625" style="23" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="16384" width="9.140625" style="1"/>
+    <col min="4" max="4" width="16.33203125" style="23" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="18.109375" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="29" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="8">
         <v>45659</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="5">
         <v>1</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="8">
         <v>45666</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="5">
         <v>1</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="5" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="8">
         <v>45673</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5">
         <v>1</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="24">
         <v>45673</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="25" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="5">
         <v>1</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="8">
         <v>45678</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="5">
         <v>1</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="8" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="8">
         <v>45680</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="5">
         <v>1</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A9" s="24">
         <v>45685</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="28" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="5">
         <v>1.5</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="10" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="8">
         <v>45687</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="5">
         <v>1</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="8">
         <v>45693</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="5">
         <v>1</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="12" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="8">
         <v>45694</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="5">
         <v>1</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="8">
         <v>45700</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="5">
         <v>1</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="14" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="8">
         <v>45701</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="5">
         <v>1</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="8">
         <v>45708</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="5">
         <v>1</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="8">
         <v>45715</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="5">
         <v>1</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="8">
         <v>45719</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="5">
         <v>1</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="18" spans="1:5" s="15" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" s="15" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A18" s="26" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D18" s="5">
         <v>6</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="19" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="8">
         <v>45722</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="5">
         <v>1</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="24">
         <v>45727</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D20" s="6">
         <v>1</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="8">
         <v>45728</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D21" s="5">
         <v>2</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="22" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="8">
         <v>45736</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D22" s="6">
         <v>1</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="23" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="8">
         <v>45736</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D23" s="6">
         <v>1.5</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A24" s="24">
         <v>45749</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="5">
         <v>8</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" s="24">
         <v>45755</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="6">
         <v>1</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D26" s="5">
         <v>19.25</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="8">
         <v>45763</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="6">
         <v>1.5</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="8">
         <v>45770</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D28" s="6">
         <v>2</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="24">
         <v>45773</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>31</v>
       </c>
       <c r="D29" s="6">
         <v>8</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="24">
         <v>45785</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D30" s="6">
         <v>1.5</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="24">
         <v>45804</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D31" s="6">
         <v>2</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="24" t="s">
         <v>42</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D32" s="6">
         <v>17</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" s="24">
         <v>45825</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D33" s="6">
         <v>2</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>35</v>
       </c>
       <c r="D34" s="5">
         <v>11.5</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="35" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="8">
         <v>45855</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D35" s="6">
         <v>1</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>34</v>
       </c>
       <c r="D36" s="5">
         <v>15.5</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="37" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="8">
         <v>45890</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D37" s="6">
         <v>1</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D38" s="5">
         <v>15.5</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A39" s="16">
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A39" s="8">
+        <v>45939</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D39" s="6">
+        <v>1</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A40" s="16">
         <v>45969</v>
       </c>
-      <c r="B39" s="4" t="s">
+      <c r="B40" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="C39" s="4" t="s">
+      <c r="C40" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="D39" s="5">
+      <c r="D40" s="5">
         <v>6</v>
       </c>
-      <c r="E39" s="6" t="s">
-[...17 lines deleted...]
-    <row r="42" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="E40" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A41" s="8">
+        <v>45994</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C41" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D41" s="6">
+        <v>1</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="8"/>
       <c r="B42" s="9"/>
       <c r="C42" s="9"/>
       <c r="D42" s="5"/>
       <c r="E42" s="6"/>
     </row>
-    <row r="43" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="8"/>
+      <c r="B43" s="9"/>
+      <c r="C43" s="9"/>
+      <c r="D43" s="5"/>
+      <c r="E43" s="6"/>
+    </row>
+    <row r="44" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="10"/>
       <c r="B44" s="11"/>
       <c r="C44" s="11"/>
       <c r="D44" s="13"/>
       <c r="E44" s="14"/>
     </row>
-    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-    <row r="46" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A45" s="10"/>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="13"/>
+      <c r="E45" s="14"/>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="8"/>
       <c r="B46" s="4"/>
       <c r="C46" s="4"/>
       <c r="D46" s="5"/>
       <c r="E46" s="6"/>
     </row>
-    <row r="47" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="49" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="8"/>
+      <c r="B47" s="4"/>
+      <c r="C47" s="4"/>
+      <c r="D47" s="5"/>
+      <c r="E47" s="6"/>
+    </row>
+    <row r="48" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="10"/>
+      <c r="B48" s="11"/>
+      <c r="C48" s="11"/>
+      <c r="D48" s="13"/>
+      <c r="E48" s="14"/>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" s="8"/>
-      <c r="B49" s="17"/>
-      <c r="C49" s="17"/>
+      <c r="B49" s="4"/>
+      <c r="C49" s="4"/>
       <c r="D49" s="5"/>
-      <c r="E49" s="5"/>
-[...29 lines deleted...]
-    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E49" s="6"/>
+    </row>
+    <row r="50" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="8"/>
+      <c r="B50" s="17"/>
+      <c r="C50" s="17"/>
+      <c r="D50" s="5"/>
+      <c r="E50" s="5"/>
+    </row>
+    <row r="51" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A51" s="10"/>
+      <c r="B51" s="11"/>
+      <c r="C51" s="12"/>
+      <c r="D51" s="13"/>
+      <c r="E51" s="14"/>
+    </row>
+    <row r="52" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="8"/>
+      <c r="B52" s="7"/>
+      <c r="C52" s="7"/>
+      <c r="D52" s="5"/>
+      <c r="E52" s="5"/>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A53" s="10"/>
+      <c r="B53" s="11"/>
+      <c r="C53" s="11"/>
+      <c r="D53" s="13"/>
+      <c r="E53" s="14"/>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="16"/>
-      <c r="B54" s="4"/>
-      <c r="C54" s="4"/>
+      <c r="B54" s="7"/>
+      <c r="C54" s="7"/>
       <c r="D54" s="5"/>
       <c r="E54" s="5"/>
     </row>
-    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="16"/>
-      <c r="B55" s="7"/>
-      <c r="C55" s="18"/>
+      <c r="B55" s="4"/>
+      <c r="C55" s="4"/>
       <c r="D55" s="5"/>
       <c r="E55" s="5"/>
     </row>
-    <row r="56" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C56" s="17"/>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A56" s="16"/>
+      <c r="B56" s="7"/>
+      <c r="C56" s="18"/>
       <c r="D56" s="5"/>
       <c r="E56" s="5"/>
     </row>
-    <row r="57" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="8"/>
+      <c r="B57" s="17"/>
+      <c r="C57" s="17"/>
+      <c r="D57" s="5"/>
+      <c r="E57" s="5"/>
+    </row>
+    <row r="58" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="10"/>
       <c r="B58" s="11"/>
       <c r="C58" s="11"/>
       <c r="D58" s="13"/>
       <c r="E58" s="14"/>
     </row>
-    <row r="59" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
-[...45 lines deleted...]
-      <c r="D65" s="14"/>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A59" s="10"/>
+      <c r="B59" s="11"/>
+      <c r="C59" s="11"/>
+      <c r="D59" s="13"/>
+      <c r="E59" s="14"/>
+    </row>
+    <row r="60" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="8"/>
+      <c r="B60" s="17"/>
+      <c r="C60" s="17"/>
+      <c r="D60" s="5"/>
+      <c r="E60" s="5"/>
+    </row>
+    <row r="61" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A61" s="10"/>
+      <c r="B61" s="11"/>
+      <c r="C61" s="12"/>
+      <c r="D61" s="13"/>
+      <c r="E61" s="14"/>
+    </row>
+    <row r="62" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="8"/>
+      <c r="B62" s="7"/>
+      <c r="C62" s="7"/>
+      <c r="D62" s="5"/>
+      <c r="E62" s="5"/>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A63" s="10"/>
+      <c r="B63" s="11"/>
+      <c r="C63" s="11"/>
+      <c r="D63" s="13"/>
+      <c r="E63" s="14"/>
+    </row>
+    <row r="64" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="8"/>
+      <c r="B64" s="7"/>
+      <c r="C64" s="7"/>
+      <c r="D64" s="5"/>
+      <c r="E64" s="5"/>
+    </row>
+    <row r="65" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="10"/>
+      <c r="B65" s="11"/>
+      <c r="C65" s="11"/>
+      <c r="D65" s="13"/>
       <c r="E65" s="14"/>
     </row>
-    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="16"/>
-      <c r="B66" s="7"/>
-[...7 lines deleted...]
-      <c r="C67" s="17"/>
+      <c r="B66" s="19"/>
+      <c r="C66" s="19"/>
+      <c r="D66" s="14"/>
+      <c r="E66" s="14"/>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A67" s="16"/>
+      <c r="B67" s="7"/>
+      <c r="C67" s="7"/>
       <c r="D67" s="5"/>
       <c r="E67" s="5"/>
     </row>
-    <row r="68" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="8"/>
+      <c r="B68" s="17"/>
+      <c r="C68" s="17"/>
+      <c r="D68" s="5"/>
+      <c r="E68" s="5"/>
+    </row>
+    <row r="69" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="10"/>
       <c r="B69" s="11"/>
       <c r="C69" s="11"/>
       <c r="D69" s="13"/>
       <c r="E69" s="14"/>
     </row>
-    <row r="70" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
-[...34 lines deleted...]
-    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A70" s="10"/>
+      <c r="B70" s="11"/>
+      <c r="C70" s="11"/>
+      <c r="D70" s="13"/>
+      <c r="E70" s="14"/>
+    </row>
+    <row r="71" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="8"/>
+      <c r="B71" s="7"/>
+      <c r="C71" s="7"/>
+      <c r="D71" s="5"/>
+      <c r="E71" s="5"/>
+    </row>
+    <row r="72" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A72" s="10"/>
+      <c r="B72" s="11"/>
+      <c r="C72" s="12"/>
+      <c r="D72" s="13"/>
+      <c r="E72" s="14"/>
+    </row>
+    <row r="73" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="8"/>
+      <c r="B73" s="7"/>
+      <c r="C73" s="7"/>
+      <c r="D73" s="5"/>
+      <c r="E73" s="5"/>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A74" s="10"/>
+      <c r="B74" s="11"/>
+      <c r="C74" s="11"/>
+      <c r="D74" s="13"/>
+      <c r="E74" s="14"/>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="8"/>
-      <c r="B75" s="17"/>
-      <c r="C75" s="17"/>
+      <c r="B75" s="7"/>
+      <c r="C75" s="7"/>
       <c r="D75" s="5"/>
       <c r="E75" s="5"/>
     </row>
-    <row r="76" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C76" s="7"/>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A76" s="8"/>
+      <c r="B76" s="17"/>
+      <c r="C76" s="17"/>
       <c r="D76" s="5"/>
       <c r="E76" s="5"/>
     </row>
-    <row r="77" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-    <row r="78" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="16"/>
+      <c r="B77" s="7"/>
+      <c r="C77" s="7"/>
+      <c r="D77" s="5"/>
+      <c r="E77" s="5"/>
+    </row>
+    <row r="78" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A78" s="10"/>
       <c r="B78" s="11"/>
       <c r="C78" s="11"/>
       <c r="D78" s="13"/>
       <c r="E78" s="14"/>
     </row>
-    <row r="79" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="10"/>
       <c r="B79" s="11"/>
       <c r="C79" s="11"/>
       <c r="D79" s="13"/>
       <c r="E79" s="14"/>
     </row>
-    <row r="80" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="10"/>
       <c r="B80" s="11"/>
       <c r="C80" s="11"/>
       <c r="D80" s="13"/>
       <c r="E80" s="14"/>
     </row>
-    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A81" s="10"/>
+      <c r="B81" s="11"/>
+      <c r="C81" s="11"/>
+      <c r="D81" s="13"/>
+      <c r="E81" s="14"/>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="8"/>
-      <c r="B82" s="7"/>
-      <c r="C82" s="7"/>
+      <c r="B82" s="17"/>
+      <c r="C82" s="17"/>
       <c r="D82" s="5"/>
       <c r="E82" s="5"/>
     </row>
-    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A83" s="16"/>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A83" s="8"/>
       <c r="B83" s="7"/>
       <c r="C83" s="7"/>
       <c r="D83" s="5"/>
       <c r="E83" s="5"/>
     </row>
-    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C84" s="17"/>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A84" s="16"/>
+      <c r="B84" s="7"/>
+      <c r="C84" s="7"/>
       <c r="D84" s="5"/>
       <c r="E84" s="5"/>
     </row>
-    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="8"/>
       <c r="B85" s="17"/>
       <c r="C85" s="17"/>
       <c r="D85" s="5"/>
       <c r="E85" s="5"/>
     </row>
-    <row r="86" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A86" s="8"/>
       <c r="B86" s="17"/>
       <c r="C86" s="17"/>
       <c r="D86" s="5"/>
       <c r="E86" s="5"/>
     </row>
-    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="D88" s="13"/>
+    <row r="87" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="8"/>
+      <c r="B87" s="17"/>
+      <c r="C87" s="17"/>
+      <c r="D87" s="5"/>
+      <c r="E87" s="5"/>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A88" s="16"/>
+      <c r="B88" s="19"/>
+      <c r="C88" s="20"/>
+      <c r="D88" s="14"/>
       <c r="E88" s="14"/>
     </row>
-    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="91" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="10"/>
+      <c r="B89" s="11"/>
+      <c r="C89" s="11"/>
+      <c r="D89" s="13"/>
+      <c r="E89" s="14"/>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A90" s="8"/>
+      <c r="B90" s="17"/>
+      <c r="C90" s="17"/>
+      <c r="D90" s="5"/>
+      <c r="E90" s="5"/>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="10"/>
       <c r="B91" s="11"/>
       <c r="C91" s="11"/>
       <c r="D91" s="13"/>
       <c r="E91" s="14"/>
     </row>
-    <row r="92" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="10"/>
       <c r="B92" s="11"/>
       <c r="C92" s="11"/>
       <c r="D92" s="13"/>
       <c r="E92" s="14"/>
     </row>
-    <row r="93" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="D95" s="13"/>
+    <row r="93" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="10"/>
+      <c r="B93" s="11"/>
+      <c r="C93" s="11"/>
+      <c r="D93" s="13"/>
+      <c r="E93" s="14"/>
+    </row>
+    <row r="94" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="8"/>
+      <c r="B94" s="17"/>
+      <c r="C94" s="17"/>
+      <c r="D94" s="5"/>
+      <c r="E94" s="5"/>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A95" s="16"/>
+      <c r="B95" s="19"/>
+      <c r="C95" s="20"/>
+      <c r="D95" s="14"/>
       <c r="E95" s="14"/>
     </row>
-    <row r="96" spans="1:5" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="D98" s="14"/>
+    <row r="96" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="10"/>
+      <c r="B96" s="11"/>
+      <c r="C96" s="11"/>
+      <c r="D96" s="13"/>
+      <c r="E96" s="14"/>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A97" s="8"/>
+      <c r="B97" s="17"/>
+      <c r="C97" s="17"/>
+      <c r="D97" s="5"/>
+      <c r="E97" s="5"/>
+    </row>
+    <row r="98" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="10"/>
+      <c r="B98" s="11"/>
+      <c r="C98" s="11"/>
+      <c r="D98" s="13"/>
       <c r="E98" s="14"/>
     </row>
-    <row r="99" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D99" s="13"/>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A99" s="16"/>
+      <c r="B99" s="19"/>
+      <c r="C99"/>
+      <c r="D99" s="14"/>
       <c r="E99" s="14"/>
     </row>
-    <row r="100" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A100" s="10"/>
       <c r="B100" s="11"/>
       <c r="C100" s="11"/>
       <c r="D100" s="13"/>
       <c r="E100" s="14"/>
     </row>
-    <row r="101" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="A103" s="10"/>
+    <row r="101" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="10"/>
+      <c r="B101" s="11"/>
+      <c r="C101" s="11"/>
+      <c r="D101" s="13"/>
+      <c r="E101" s="14"/>
+    </row>
+    <row r="102" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="8"/>
+      <c r="B102" s="17"/>
+      <c r="C102" s="17"/>
+      <c r="D102" s="5"/>
+      <c r="E102" s="5"/>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A103" s="16"/>
       <c r="B103" s="11"/>
       <c r="C103" s="11"/>
-      <c r="D103" s="13"/>
+      <c r="D103" s="14"/>
       <c r="E103" s="14"/>
     </row>
-    <row r="104" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D104" s="14"/>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A104" s="10"/>
+      <c r="B104" s="11"/>
+      <c r="C104" s="11"/>
+      <c r="D104" s="13"/>
       <c r="E104" s="14"/>
     </row>
-    <row r="105" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="16"/>
       <c r="B105" s="19"/>
-      <c r="C105" s="19"/>
+      <c r="C105" s="20"/>
       <c r="D105" s="14"/>
       <c r="E105" s="14"/>
     </row>
-    <row r="106" spans="1:5" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="108" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="16"/>
+      <c r="B106" s="19"/>
+      <c r="C106" s="19"/>
+      <c r="D106" s="14"/>
+      <c r="E106" s="14"/>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A107" s="8"/>
+      <c r="B107" s="17"/>
+      <c r="C107" s="17"/>
+      <c r="D107" s="5"/>
+      <c r="E107" s="5"/>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A108" s="10"/>
       <c r="B108" s="11"/>
       <c r="C108" s="11"/>
       <c r="D108" s="13"/>
       <c r="E108" s="14"/>
     </row>
-    <row r="109" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A109" s="10"/>
       <c r="B109" s="11"/>
       <c r="C109" s="11"/>
       <c r="D109" s="13"/>
       <c r="E109" s="14"/>
     </row>
-    <row r="110" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A110" s="10"/>
       <c r="B110" s="11"/>
       <c r="C110" s="11"/>
       <c r="D110" s="13"/>
       <c r="E110" s="14"/>
     </row>
-    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A111" s="10"/>
       <c r="B111" s="11"/>
       <c r="C111" s="11"/>
       <c r="D111" s="13"/>
       <c r="E111" s="14"/>
     </row>
-    <row r="112" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D112" s="14"/>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A112" s="10"/>
+      <c r="B112" s="11"/>
+      <c r="C112" s="11"/>
+      <c r="D112" s="13"/>
       <c r="E112" s="14"/>
     </row>
-    <row r="113" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D113" s="13"/>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A113" s="16"/>
+      <c r="B113" s="19"/>
+      <c r="C113" s="19"/>
+      <c r="D113" s="14"/>
       <c r="E113" s="14"/>
     </row>
-    <row r="114" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A114" s="10"/>
       <c r="B114" s="11"/>
       <c r="C114" s="11"/>
       <c r="D114" s="13"/>
       <c r="E114" s="14"/>
     </row>
-    <row r="115" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A115" s="10"/>
       <c r="B115" s="11"/>
       <c r="C115" s="11"/>
       <c r="D115" s="13"/>
       <c r="E115" s="14"/>
     </row>
-    <row r="116" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A116" s="10"/>
       <c r="B116" s="11"/>
       <c r="C116" s="11"/>
       <c r="D116" s="13"/>
       <c r="E116" s="14"/>
     </row>
-    <row r="117" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D117" s="14"/>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A117" s="10"/>
+      <c r="B117" s="11"/>
+      <c r="C117" s="11"/>
+      <c r="D117" s="13"/>
       <c r="E117" s="14"/>
     </row>
-    <row r="118" spans="1:5" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E118" s="22"/>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A118" s="16"/>
+      <c r="B118" s="19"/>
+      <c r="C118" s="20"/>
+      <c r="D118" s="14"/>
+      <c r="E118" s="14"/>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A119" s="21"/>
+      <c r="B119" s="22"/>
+      <c r="C119" s="22"/>
+      <c r="D119" s="21"/>
+      <c r="E119" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>